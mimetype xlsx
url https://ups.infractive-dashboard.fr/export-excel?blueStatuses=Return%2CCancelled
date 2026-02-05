--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -8,942 +8,2418 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Shipments" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1056" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3465" uniqueCount="767">
   <si>
     <t>Tracking Number</t>
   </si>
   <si>
     <t>Reference Number(s)</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Manifest Date</t>
   </si>
   <si>
     <t>Ship To</t>
   </si>
   <si>
     <t>Service</t>
   </si>
   <si>
     <t>Scheduled Delivery</t>
   </si>
   <si>
     <t>Images</t>
   </si>
   <si>
     <t>Uploaded At</t>
   </si>
   <si>
     <t>__refs</t>
   </si>
   <si>
     <t>POD Exported</t>
   </si>
   <si>
-    <t>1Z057419D949257039</t>
-[...2 lines deleted...]
-    <t>82600392</t>
+    <t>1Z0574198822091187</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Manifest</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>INFRACTIVE FRANCE , MEUDON LA FORET , FR</t>
+  </si>
+  <si>
+    <t>UPS Worldwide Expedited</t>
+  </si>
+  <si>
+    <t>Not Available</t>
+  </si>
+  <si>
+    <t>2026-02-03T13:42:24.627Z</t>
+  </si>
+  <si>
+    <t>{}</t>
+  </si>
+  <si>
+    <t>1Z0574199729795174</t>
+  </si>
+  <si>
+    <t>UPS Worldwide Saver</t>
+  </si>
+  <si>
+    <t>1Z0574199791968718</t>
   </si>
   <si>
     <t>Exception</t>
   </si>
   <si>
-    <t>04/12/2025</t>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>1Z0574199725515161</t>
+  </si>
+  <si>
+    <t>RETURN</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>1Z0574199992158490</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>UPS Standard</t>
+  </si>
+  <si>
+    <t>1Z0574190449246199</t>
+  </si>
+  <si>
+    <t>42601225/226</t>
+  </si>
+  <si>
+    <t>Delivered</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>ORANGE BUSINESS SERVICES SA , VILLEJUST , FR</t>
+  </si>
+  <si>
+    <t>OK</t>
+  </si>
+  <si>
+    <t>1Z0574190450213908</t>
+  </si>
+  <si>
+    <t>42601235</t>
+  </si>
+  <si>
+    <t>1Z0574190450478061</t>
+  </si>
+  <si>
+    <t>42601260</t>
+  </si>
+  <si>
+    <t>ORANGE - UI PC , L'ISLE D'ESPAGNAC , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449658913</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>ORANGE , MONTPELLIER , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449740636</t>
+  </si>
+  <si>
+    <t>..... , MONTPELLIER , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450929323</t>
+  </si>
+  <si>
+    <t>.... , NIMES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451553129</t>
+  </si>
+  <si>
+    <t>1Z0574190451558008</t>
+  </si>
+  <si>
+    <t>PERTEZ , MONTPELLIER , FR</t>
+  </si>
+  <si>
+    <t>1Z0574198690117614</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>1Z0574198692230667</t>
+  </si>
+  <si>
+    <t>1Z0574198692568277</t>
+  </si>
+  <si>
+    <t>1Z0574198692970448</t>
+  </si>
+  <si>
+    <t>1Z0574198693198059</t>
+  </si>
+  <si>
+    <t>1Z0574198693930220</t>
+  </si>
+  <si>
+    <t>1Z0574198694047835</t>
+  </si>
+  <si>
+    <t>1Z057419D949984253</t>
+  </si>
+  <si>
+    <t>82600947</t>
+  </si>
+  <si>
+    <t>RENTALTEC NV , DUFFEL , BE</t>
+  </si>
+  <si>
+    <t>1Z0574190449261832</t>
+  </si>
+  <si>
+    <t>42601440</t>
+  </si>
+  <si>
+    <t>BCRM BREST DSSF DEPARTEMENT ARMEMEN , BREST CEDEX 9 , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449336789</t>
+  </si>
+  <si>
+    <t>42601439</t>
+  </si>
+  <si>
+    <t>STOCKAGE A.L.T , LANNION , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449351306</t>
+  </si>
+  <si>
+    <t>42601455</t>
+  </si>
+  <si>
+    <t>XEFI - NEXEREN , RILLIEUX-LA-PAPE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449528214</t>
+  </si>
+  <si>
+    <t>42601445</t>
+  </si>
+  <si>
+    <t>In Transit</t>
+  </si>
+  <si>
+    <t>SNCF , LE MANS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449735160</t>
+  </si>
+  <si>
+    <t>42601437</t>
+  </si>
+  <si>
+    <t>ORANGE - UCI AURA/MAG ALPES , SAINT PRIEST , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449804317</t>
+  </si>
+  <si>
+    <t>1Z0574190450066523</t>
+  </si>
+  <si>
+    <t>42601456</t>
+  </si>
+  <si>
+    <t>FREE SAS - ENTREPOT BEZONS , 95870 , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450140157</t>
+  </si>
+  <si>
+    <t>42601428</t>
+  </si>
+  <si>
+    <t>CTDI SAS , GRIESHEIM-PRES-MOLSHEIM , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450210349</t>
+  </si>
+  <si>
+    <t>42601425</t>
+  </si>
+  <si>
+    <t>1Z0574190450351394</t>
+  </si>
+  <si>
+    <t>42601443</t>
+  </si>
+  <si>
+    <t>SNCF , NANTES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450378428</t>
+  </si>
+  <si>
+    <t>1Z0574190450522440</t>
+  </si>
+  <si>
+    <t>42601449</t>
+  </si>
+  <si>
+    <t>SNCF DIJON , CHENOVE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450551267</t>
+  </si>
+  <si>
+    <t>42601451</t>
+  </si>
+  <si>
+    <t>TREND NETWORKS , ISMANING , DE</t>
+  </si>
+  <si>
+    <t>1Z0574190450723492</t>
+  </si>
+  <si>
+    <t>42601454</t>
+  </si>
+  <si>
+    <t>DISTRAME SERVICE APRES VENTE , STE SAVINE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450807473</t>
+  </si>
+  <si>
+    <t>42601452</t>
+  </si>
+  <si>
+    <t>SNIE , BRIE COMTE ROBERT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451247200</t>
+  </si>
+  <si>
+    <t>42601444</t>
+  </si>
+  <si>
+    <t>SNCF , DIJON , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451616883</t>
+  </si>
+  <si>
+    <t>42601453</t>
+  </si>
+  <si>
+    <t>TISSEO SERVICES , GENNEVILLIERS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451779378</t>
+  </si>
+  <si>
+    <t>42601438</t>
+  </si>
+  <si>
+    <t>ORANGE UNITE INTERVENTION AUVERGNE , BRIVES CHARENSAC , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449141631</t>
+  </si>
+  <si>
+    <t>42601409</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>ORANGE UI PICARDIE COMPIEGNE MARGNY , MARGNY LES COMPIEGNE , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D949623811</t>
+  </si>
+  <si>
+    <t>82600926</t>
+  </si>
+  <si>
+    <t>Out for Delivery</t>
+  </si>
+  <si>
+    <t>EXFO QUEBEC , QUEBEC , QC , CA</t>
+  </si>
+  <si>
+    <t>1Z057419D949010321</t>
+  </si>
+  <si>
+    <t>GROUPAGE, 7, X7, RMA</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>1Z057419D949663108</t>
+  </si>
+  <si>
+    <t>1Z057419D950018240</t>
+  </si>
+  <si>
+    <t>GROUPAGE, X2, RMA</t>
+  </si>
+  <si>
+    <t>AZENN HUB4R , SATOLAS ET BONCE , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D950099298</t>
+  </si>
+  <si>
+    <t>FLYERS</t>
+  </si>
+  <si>
+    <t>ORANGE CONNECTIVITY , MASSY , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D951172116</t>
+  </si>
+  <si>
+    <t>1Z057419D951841732</t>
+  </si>
+  <si>
+    <t>1Z0574190449816055</t>
+  </si>
+  <si>
+    <t>42601414</t>
+  </si>
+  <si>
+    <t>EIFFAGE ENERGIE TELECOM INFRA NORD , VERQUIN , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450776686</t>
+  </si>
+  <si>
+    <t>42601416</t>
+  </si>
+  <si>
+    <t>CICOR COMBREE , COMBREE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450839064</t>
+  </si>
+  <si>
+    <t>1Z0574190451071275</t>
+  </si>
+  <si>
+    <t>42601415</t>
+  </si>
+  <si>
+    <t>COMELEC , CARCASSONNE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450862967</t>
+  </si>
+  <si>
+    <t>42601402</t>
+  </si>
+  <si>
+    <t>ORANGE UI AQUITAINE PAU BUROS , PAU , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451736011</t>
+  </si>
+  <si>
+    <t>42601407</t>
+  </si>
+  <si>
+    <t>ORANGE - OF/DTSI/BLI/OI/DI2M , MONTPELLIER , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D950062997</t>
+  </si>
+  <si>
+    <t>82600930</t>
   </si>
   <si>
     <t>EXFO EUROPE , HAMPSHIRE , GB</t>
   </si>
   <si>
-    <t>UPS Worldwide Saver</t>
-[...65 lines deleted...]
-    <t>42600728</t>
+    <t>1Z0574190449782467</t>
+  </si>
+  <si>
+    <t>23JAN26</t>
+  </si>
+  <si>
+    <t>OUTREMER TELECOM , CAYENNE , GF</t>
+  </si>
+  <si>
+    <t>1Z0574198691710882</t>
+  </si>
+  <si>
+    <t>72600220</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>1Z0574196649085701</t>
+  </si>
+  <si>
+    <t>82600840</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>UPS Worldwide Express</t>
+  </si>
+  <si>
+    <t>1Z0574190449011950</t>
+  </si>
+  <si>
+    <t>42601401</t>
+  </si>
+  <si>
+    <t>KRONACOM , VILLENEUVE LA GARENNE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449806860</t>
+  </si>
+  <si>
+    <t>42601389</t>
+  </si>
+  <si>
+    <t>STACI PB5 / BOUYGUES TELECOM , LE PLESSIS PATE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449816484</t>
+  </si>
+  <si>
+    <t>42601396</t>
+  </si>
+  <si>
+    <t>FREE RESEAU - JOACHIM STANLEY , FLOIRAC , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449936587</t>
+  </si>
+  <si>
+    <t>42601404</t>
+  </si>
+  <si>
+    <t>ORANGE UIAL SERVICE ENTREPRISE , HEILLECOURT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449946147</t>
+  </si>
+  <si>
+    <t>1Z0574190449955093</t>
+  </si>
+  <si>
+    <t>42601397</t>
+  </si>
+  <si>
+    <t>FREE RESEAU - MOUDOUROU MBENGUE , ARGENTEUIL , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449967197</t>
+  </si>
+  <si>
+    <t>42601405</t>
+  </si>
+  <si>
+    <t>ORANGE UI LYON SAINT ETIENNE MOULIN , SAINT ETIENNE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450161536</t>
+  </si>
+  <si>
+    <t>1Z0574190450234127</t>
+  </si>
+  <si>
+    <t>1Z0574190450599001</t>
+  </si>
+  <si>
+    <t>42601406</t>
+  </si>
+  <si>
+    <t>ORANGE - UI NDF , VALENCIENNES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451054909</t>
+  </si>
+  <si>
+    <t>42601399</t>
+  </si>
+  <si>
+    <t>MES / I2S , MONACO , MC</t>
+  </si>
+  <si>
+    <t>1Z0574190451219919</t>
+  </si>
+  <si>
+    <t>42601400</t>
+  </si>
+  <si>
+    <t>SNCF , PARIS 15EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451683177</t>
+  </si>
+  <si>
+    <t>42601403</t>
+  </si>
+  <si>
+    <t>1Z0574190451962222</t>
+  </si>
+  <si>
+    <t>42601408</t>
+  </si>
+  <si>
+    <t>SITE ORANGE , TOURS , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D949826021</t>
+  </si>
+  <si>
+    <t>82600921</t>
+  </si>
+  <si>
+    <t>1Z057419D950670768</t>
+  </si>
+  <si>
+    <t>82600887</t>
+  </si>
+  <si>
+    <t>SUMITOMO ITALY , MILANO , IT</t>
+  </si>
+  <si>
+    <t>1Z057419D951030804</t>
+  </si>
+  <si>
+    <t>82600928</t>
+  </si>
+  <si>
+    <t>1Z0574199723651151</t>
+  </si>
+  <si>
+    <t>1Z0574199738603149</t>
+  </si>
+  <si>
+    <t>42402375</t>
+  </si>
+  <si>
+    <t>1Z0574190449438875</t>
+  </si>
+  <si>
+    <t>42601373</t>
+  </si>
+  <si>
+    <t>CEVA LOGISTICS (BOLLORE) , ROISSY EN FRANCE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449947717</t>
+  </si>
+  <si>
+    <t>42601355</t>
+  </si>
+  <si>
+    <t>EIFFAGE ENERGIE SYSTEMES INFRA NORD , VERQUIN , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449994041</t>
+  </si>
+  <si>
+    <t>GROUPAGE, -, X5, RMA</t>
+  </si>
+  <si>
+    <t>1Z0574190450161947</t>
+  </si>
+  <si>
+    <t>42601378</t>
+  </si>
+  <si>
+    <t>SNCF - GARE SAINT LAZARE , PARIS 8EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450290898</t>
+  </si>
+  <si>
+    <t>42601375</t>
+  </si>
+  <si>
+    <t>TELEHOUSE INTL CORP OF EUROPE LTD , PARIS 11EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450416387</t>
+  </si>
+  <si>
+    <t>42601381</t>
+  </si>
+  <si>
+    <t>CLR TOULOUSE , TOULOUSE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450454667</t>
+  </si>
+  <si>
+    <t>1Z0574190450526704</t>
+  </si>
+  <si>
+    <t>1Z0574190450727854</t>
+  </si>
+  <si>
+    <t>42601388</t>
+  </si>
+  <si>
+    <t>EIFFAGE ENERGIE - INFRASTRUCTURES , LA BASSEE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450737923</t>
+  </si>
+  <si>
+    <t>42601376</t>
+  </si>
+  <si>
+    <t>1Z0574190450866972</t>
+  </si>
+  <si>
+    <t>42601380</t>
+  </si>
+  <si>
+    <t>1Z0574190451361336</t>
+  </si>
+  <si>
+    <t>42601377</t>
+  </si>
+  <si>
+    <t>SNCF RESEAU , PARIS 8EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451736280</t>
+  </si>
+  <si>
+    <t>42601374</t>
+  </si>
+  <si>
+    <t>SNCF RESEAU , PARIS 10EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451963758</t>
+  </si>
+  <si>
+    <t>42601379</t>
+  </si>
+  <si>
+    <t>ERIS , SACLAY , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D950536083</t>
+  </si>
+  <si>
+    <t>82600902</t>
+  </si>
+  <si>
+    <t>1Z057419D951106698</t>
+  </si>
+  <si>
+    <t>82600907</t>
+  </si>
+  <si>
+    <t>1Z0574190449542609</t>
+  </si>
+  <si>
+    <t>42601349</t>
+  </si>
+  <si>
+    <t>ORANGE - UCI OUEST , QUIMPER CEDEX , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449995559</t>
+  </si>
+  <si>
+    <t>GROUPAGE</t>
+  </si>
+  <si>
+    <t>1Z0574199991411109</t>
+  </si>
+  <si>
+    <t>1Z057419D949719656</t>
+  </si>
+  <si>
+    <t>GROUPAGE, DU, 27.01</t>
+  </si>
+  <si>
+    <t>1Z057419D950449847</t>
+  </si>
+  <si>
+    <t>1Z057419D950542674</t>
+  </si>
+  <si>
+    <t>1Z0574190449158561</t>
+  </si>
+  <si>
+    <t>42601345</t>
+  </si>
+  <si>
+    <t>CHU DE POITIERS , POITIERS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449191613</t>
+  </si>
+  <si>
+    <t>42601350</t>
+  </si>
+  <si>
+    <t>BOUYGUES TELECOM , NANTES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449330776</t>
+  </si>
+  <si>
+    <t>42601346</t>
+  </si>
+  <si>
+    <t>THALES LAS FRANCE LIMOURS , LIMOURS-FRANCE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449969828</t>
+  </si>
+  <si>
+    <t>42601351</t>
+  </si>
+  <si>
+    <t>BOUYGUES TELECOM , LYON 3EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450355514</t>
+  </si>
+  <si>
+    <t>42601342</t>
+  </si>
+  <si>
+    <t>FREE RESEAU - BELLEMANIERE , LA CIOTAT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450638790</t>
+  </si>
+  <si>
+    <t>42601348</t>
+  </si>
+  <si>
+    <t>ORANGE UCI IDF , TAVERNY , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450776186</t>
+  </si>
+  <si>
+    <t>42601347</t>
+  </si>
+  <si>
+    <t>1Z0574190450857740</t>
+  </si>
+  <si>
+    <t>42601343, GROUPAGE</t>
+  </si>
+  <si>
+    <t>1Z0574190451078509</t>
+  </si>
+  <si>
+    <t>42601341</t>
+  </si>
+  <si>
+    <t>FREE RESEAU - GOMBAULT NICOLAS , RUNGIS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451541230</t>
+  </si>
+  <si>
+    <t>42601352</t>
+  </si>
+  <si>
+    <t>MAGASIN MP AGILINK IVRY , IVRY LA BATAILLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451845868</t>
+  </si>
+  <si>
+    <t>42601230</t>
+  </si>
+  <si>
+    <t>CORSICA RETE TECNOLOGICHE - CRT , BORGO , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449033543</t>
+  </si>
+  <si>
+    <t>2260000001</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>INFRACTIVE SENEGAL , DAKAR , SN</t>
+  </si>
+  <si>
+    <t>1Z0574190449107357</t>
+  </si>
+  <si>
+    <t>1Z0574190449326361</t>
+  </si>
+  <si>
+    <t>1Z0574190449585528</t>
+  </si>
+  <si>
+    <t>1Z0574190450074578</t>
+  </si>
+  <si>
+    <t>1Z0574190450400938</t>
+  </si>
+  <si>
+    <t>1Z0574190451015988</t>
+  </si>
+  <si>
+    <t>1Z057419D949443319</t>
+  </si>
+  <si>
+    <t>42601319</t>
+  </si>
+  <si>
+    <t>TISSEO SERVICE , GENNEVILLIERS , FR</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>1Z057419D951061030</t>
+  </si>
+  <si>
+    <t>1Z057419D951385646</t>
+  </si>
+  <si>
+    <t>PRET</t>
+  </si>
+  <si>
+    <t>IMS NETWORK , CASTRES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449134407</t>
+  </si>
+  <si>
+    <t>42601325</t>
+  </si>
+  <si>
+    <t>MATRA ELECTRONIQUE , BOURGES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449393628</t>
+  </si>
+  <si>
+    <t>1Z0574190451694594</t>
+  </si>
+  <si>
+    <t>42601324</t>
+  </si>
+  <si>
+    <t>ALLTRONIC , VERN SUR SEICHE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450775687</t>
+  </si>
+  <si>
+    <t>42601256</t>
+  </si>
+  <si>
+    <t>FRANCE TELECOM-UI NPDC / MAGASIN HE , HELLEMMES LILLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574196851264643</t>
+  </si>
+  <si>
+    <t>42601170</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>INFRACTIVE , MEUDON LA FORET , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D949299155</t>
+  </si>
+  <si>
+    <t>1Z057419D951174169</t>
+  </si>
+  <si>
+    <t>1Z057419D951240739</t>
+  </si>
+  <si>
+    <t>42601266</t>
+  </si>
+  <si>
+    <t>FIBRANET , PAKOSLAW , PL</t>
+  </si>
+  <si>
+    <t>1Z0574190449710301</t>
+  </si>
+  <si>
+    <t>42601313</t>
+  </si>
+  <si>
+    <t>1Z0574190449801445</t>
+  </si>
+  <si>
+    <t>42601310</t>
+  </si>
+  <si>
+    <t>1Z0574190449806208</t>
+  </si>
+  <si>
+    <t>42601309</t>
+  </si>
+  <si>
+    <t>SOGETREL , VILLEBON SUR YVETTE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450098374</t>
+  </si>
+  <si>
+    <t>42601294</t>
+  </si>
+  <si>
+    <t>GACHES CHIMIE SPECIALITES , TOULOUSE CEDEX , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450230390</t>
+  </si>
+  <si>
+    <t>42601308</t>
+  </si>
+  <si>
+    <t>1Z0574190450367216</t>
+  </si>
+  <si>
+    <t>1Z0574190450460838</t>
+  </si>
+  <si>
+    <t>1Z0574190450486856</t>
+  </si>
+  <si>
+    <t>42601227</t>
+  </si>
+  <si>
+    <t>JMB SOLUTIONS INFORMATIQUES , BREST , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450790268</t>
+  </si>
+  <si>
+    <t>42601312</t>
+  </si>
+  <si>
+    <t>TELECOMMUNICATION SERVICES COMPANY , GELLAINVILLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450926479</t>
+  </si>
+  <si>
+    <t>1Z0574190450943254</t>
+  </si>
+  <si>
+    <t>42601311</t>
+  </si>
+  <si>
+    <t>STELIAU INTERNATIONAL , RUNGIS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451097426</t>
+  </si>
+  <si>
+    <t>1Z0574190451135787</t>
+  </si>
+  <si>
+    <t>42601302</t>
+  </si>
+  <si>
+    <t>ILIAD ITALIA , MILANO , IT</t>
+  </si>
+  <si>
+    <t>1Z057419D949215486</t>
+  </si>
+  <si>
+    <t>82600857</t>
+  </si>
+  <si>
+    <t>1Z0574199924771132</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>1Z0574190449081223</t>
+  </si>
+  <si>
+    <t>42601254</t>
+  </si>
+  <si>
+    <t>1Z0574190449402171</t>
+  </si>
+  <si>
+    <t>42601240</t>
+  </si>
+  <si>
+    <t>AXIONE TOULOUSE , TOULOUSE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449422104</t>
+  </si>
+  <si>
+    <t>42601262</t>
+  </si>
+  <si>
+    <t>1Z0574190449534074</t>
+  </si>
+  <si>
+    <t>42601233</t>
+  </si>
+  <si>
+    <t>FREE RESEAU - RAFIAI MHAMED , BOURGES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449825143</t>
+  </si>
+  <si>
+    <t>42601239</t>
+  </si>
+  <si>
+    <t>AXIANS , LES ECHETS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450175058</t>
+  </si>
+  <si>
+    <t>42601259</t>
+  </si>
+  <si>
+    <t>ORANGE UI EST/ E-RS68 , ILLZACH , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450211115</t>
+  </si>
+  <si>
+    <t>42601263</t>
+  </si>
+  <si>
+    <t>ORANGE UI NORMANDIE-DIERS-MANCHE1 , CHERBOURG-OCTEVILLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450434090</t>
+  </si>
+  <si>
+    <t>42601234</t>
+  </si>
+  <si>
+    <t>FREE SAS - ENTREPOT BEZONS , BEZONS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450570951</t>
+  </si>
+  <si>
+    <t>1Z0574190450590279</t>
+  </si>
+  <si>
+    <t>42601258</t>
+  </si>
+  <si>
+    <t>ORANGE - UCI EST/DIR ALSACE - LAENN , STRASBOURG , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451135581</t>
+  </si>
+  <si>
+    <t>42601250</t>
+  </si>
+  <si>
+    <t>VALENCE PLATEFORME , VALENCE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451178295</t>
+  </si>
+  <si>
+    <t>42601261</t>
+  </si>
+  <si>
+    <t>ORANGE UI LPC MAGASIN GUERET , GUERET , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451697242</t>
+  </si>
+  <si>
+    <t>42601257</t>
+  </si>
+  <si>
+    <t>ORANGE DRIC PAYS DE SAVOIE , ANNECY , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451701969</t>
+  </si>
+  <si>
+    <t>1Z0574190451960537</t>
+  </si>
+  <si>
+    <t>42601238</t>
+  </si>
+  <si>
+    <t>INEO INFRACOM - EQUIPEMENT DE LA VI , LIEUSAINT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451975012</t>
+  </si>
+  <si>
+    <t>42601253</t>
+  </si>
+  <si>
+    <t>ORANGE - UIB SITE NEVERS , NEVERS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450689342</t>
+  </si>
+  <si>
+    <t>LENGANDJA , MONTPELLIER , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449922752</t>
+  </si>
+  <si>
+    <t>42601212</t>
+  </si>
+  <si>
+    <t>1Z057419D951073045</t>
+  </si>
+  <si>
+    <t>1Z0574190451015380</t>
+  </si>
+  <si>
+    <t>42601216</t>
+  </si>
+  <si>
+    <t>CIRCET , BORDEAUX , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451741998</t>
+  </si>
+  <si>
+    <t>42601217</t>
+  </si>
+  <si>
+    <t>CIRCET , BONDOUFLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451900431</t>
+  </si>
+  <si>
+    <t>42601222</t>
+  </si>
+  <si>
+    <t>1Z0574196649262813</t>
+  </si>
+  <si>
+    <t>82600847</t>
+  </si>
+  <si>
+    <t>1Z0574196649345028</t>
+  </si>
+  <si>
+    <t>ETIQUETTES</t>
+  </si>
+  <si>
+    <t>STE FIC , PARIS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574196651389807</t>
+  </si>
+  <si>
+    <t>82600845/802</t>
+  </si>
+  <si>
+    <t>1Z057419D949536746</t>
+  </si>
+  <si>
+    <t>82600809</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>1Z0574190450354551</t>
+  </si>
+  <si>
+    <t>42601177</t>
+  </si>
+  <si>
+    <t>INSTADOM , LA TRINITE-SURZUR , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449440942</t>
+  </si>
+  <si>
+    <t>42601211</t>
+  </si>
+  <si>
+    <t>1Z0574190449560330</t>
+  </si>
+  <si>
+    <t>42601210</t>
+  </si>
+  <si>
+    <t>SNCF ESTI NEN DPX TRANSIT ASTI , PAGNY SUR MOSELLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450169896</t>
+  </si>
+  <si>
+    <t>42601201</t>
+  </si>
+  <si>
+    <t>ISIELEC , SAINT-DENIS DE L'HOTEL , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450786719</t>
+  </si>
+  <si>
+    <t>42601202</t>
+  </si>
+  <si>
+    <t>SFR BUSINESS STOCK PROJETS ULIS , VILLEJUST , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450909765</t>
+  </si>
+  <si>
+    <t>42601213</t>
+  </si>
+  <si>
+    <t>FIBREOS , ANNOEULLIN , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450985978</t>
+  </si>
+  <si>
+    <t>42601215</t>
+  </si>
+  <si>
+    <t>1Z0574190451456921</t>
+  </si>
+  <si>
+    <t>42601203</t>
+  </si>
+  <si>
+    <t>1Z0574190451849775</t>
+  </si>
+  <si>
+    <t>42601179</t>
+  </si>
+  <si>
+    <t>1Z0574190451264647</t>
+  </si>
+  <si>
+    <t>SNCF , PARIS 17EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D950594510</t>
+  </si>
+  <si>
+    <t>82600804</t>
+  </si>
+  <si>
+    <t>SUMITOMO ELECTRIC ITALY , MILANO , IT</t>
+  </si>
+  <si>
+    <t>1Z057419D950928847</t>
+  </si>
+  <si>
+    <t>GROUPAGE, 16.01</t>
+  </si>
+  <si>
+    <t>1Z057419D950940234</t>
+  </si>
+  <si>
+    <t>1Z057419D951230615</t>
+  </si>
+  <si>
+    <t>42601181</t>
+  </si>
+  <si>
+    <t>1Z057419D951878659</t>
+  </si>
+  <si>
+    <t>1Z057419D951888826</t>
+  </si>
+  <si>
+    <t>1Z0574190450535285</t>
+  </si>
+  <si>
+    <t>42601195</t>
+  </si>
+  <si>
+    <t>IFOTEC , VOIRON , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450640723</t>
+  </si>
+  <si>
+    <t>42601176</t>
   </si>
   <si>
     <t>MATRA ELECTRONIQUE , VENETTE , FR</t>
   </si>
   <si>
-    <t>1Z0574190450610596</t>
-[...71 lines deleted...]
-    <t>42600696</t>
+    <t>1Z0574190450757876</t>
+  </si>
+  <si>
+    <t>42601194</t>
+  </si>
+  <si>
+    <t>DALKIA ELECTROTECHNICS , VAL DE REUIL , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450775187</t>
+  </si>
+  <si>
+    <t>42601180</t>
+  </si>
+  <si>
+    <t>ORANGE UI MP , MONTAUBAN , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451797563</t>
+  </si>
+  <si>
+    <t>42601178</t>
+  </si>
+  <si>
+    <t>TVS , LACROIX SAINT-OUEN , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451893664</t>
+  </si>
+  <si>
+    <t>42601193</t>
+  </si>
+  <si>
+    <t>SNCF RESEAU - INFRALOG LORRAINE AST , MONDELANGE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451081497</t>
+  </si>
+  <si>
+    <t>42601145</t>
+  </si>
+  <si>
+    <t>SNCF RESEAU , TOULOUSE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574199936555120</t>
+  </si>
+  <si>
+    <t>1Z0574190451659837</t>
+  </si>
+  <si>
+    <t>42601141</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>SNCF RESEAU , LE MANS , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D949037508</t>
+  </si>
+  <si>
+    <t>1Z057419D950385693</t>
+  </si>
+  <si>
+    <t>1Z057419D950621463</t>
+  </si>
+  <si>
+    <t>1Z057419D951045478</t>
+  </si>
+  <si>
+    <t>82600797/799</t>
+  </si>
+  <si>
+    <t>1Z057419D951261672</t>
+  </si>
+  <si>
+    <t>1Z057419D951350450</t>
+  </si>
+  <si>
+    <t>VIAVI</t>
+  </si>
+  <si>
+    <t>FREE , LA CIOTAT , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D951735080</t>
+  </si>
+  <si>
+    <t>1Z0574190449082311</t>
+  </si>
+  <si>
+    <t>42601150</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'AIX MARSEILLE , MARSEILLE 13EME ARRONDISS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449104529</t>
+  </si>
+  <si>
+    <t>1Z0574190449173599</t>
+  </si>
+  <si>
+    <t>42601163</t>
+  </si>
+  <si>
+    <t>1Z0574190449814888</t>
+  </si>
+  <si>
+    <t>42601144</t>
+  </si>
+  <si>
+    <t>SNCF , LILLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449860033</t>
+  </si>
+  <si>
+    <t>42601167</t>
+  </si>
+  <si>
+    <t>AEB ELECTRICITE , SAINT-GERMAIN DU PUY , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450069306</t>
+  </si>
+  <si>
+    <t>42601146</t>
+  </si>
+  <si>
+    <t>1Z0574190450112544</t>
+  </si>
+  <si>
+    <t>42601155</t>
+  </si>
+  <si>
+    <t>1Z0574190450399932</t>
+  </si>
+  <si>
+    <t>42601154</t>
+  </si>
+  <si>
+    <t>MARC , BREST , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450414987</t>
+  </si>
+  <si>
+    <t>42601159</t>
+  </si>
+  <si>
+    <t>1Z0574190450712628</t>
+  </si>
+  <si>
+    <t>42601166</t>
+  </si>
+  <si>
+    <t>1Z0574190451293400</t>
+  </si>
+  <si>
+    <t>42601164</t>
+  </si>
+  <si>
+    <t>ORANGE UI BOURGOGNE CHALON SUR SAON , CHALON SUR SAONE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451365369</t>
+  </si>
+  <si>
+    <t>42601157</t>
+  </si>
+  <si>
+    <t>SOLUTIONS 30 SUD EST , CARROS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451878412</t>
+  </si>
+  <si>
+    <t>42601165</t>
+  </si>
+  <si>
+    <t>SAS ROL - FIBRE OPTIQUE , VENDRES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451993574</t>
+  </si>
+  <si>
+    <t>42601158</t>
+  </si>
+  <si>
+    <t>1Z0574190450639735</t>
+  </si>
+  <si>
+    <t>42601121</t>
+  </si>
+  <si>
+    <t>SNCF RESEAU , ST DENIS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450913090</t>
+  </si>
+  <si>
+    <t>42601086</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>ORANGE UIA-UNITE INTERVENT AQUITAIN , SAINT PAUL LES DAX , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449664693</t>
+  </si>
+  <si>
+    <t>42601026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>SNCF , MARSEILLE 1ER ARRONDISSEM , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D949080443</t>
+  </si>
+  <si>
+    <t>82600790</t>
+  </si>
+  <si>
+    <t>1Z057419D951168345</t>
+  </si>
+  <si>
+    <t>42600769</t>
+  </si>
+  <si>
+    <t>ORANGE - FREDERIC MARTIN , MONTAUBAN , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D951458157</t>
+  </si>
+  <si>
+    <t>42601031</t>
+  </si>
+  <si>
+    <t>SNCF , PARIS , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D951816420</t>
+  </si>
+  <si>
+    <t>REGULARISATON</t>
+  </si>
+  <si>
+    <t>ORANGE BUSINESS SERVICES , BLAGNAC , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449613167</t>
+  </si>
+  <si>
+    <t>42601128</t>
+  </si>
+  <si>
+    <t>1Z0574190449848324</t>
+  </si>
+  <si>
+    <t>42601120</t>
+  </si>
+  <si>
+    <t>1Z0574190449934785</t>
+  </si>
+  <si>
+    <t>42601133</t>
+  </si>
+  <si>
+    <t>1Z0574190450109398</t>
+  </si>
+  <si>
+    <t>42601136</t>
+  </si>
+  <si>
+    <t>1Z0574190451029268</t>
+  </si>
+  <si>
+    <t>42601143</t>
+  </si>
+  <si>
+    <t>1Z0574190451206218</t>
+  </si>
+  <si>
+    <t>42601138</t>
+  </si>
+  <si>
+    <t>CIRCET PERPIGNAN , PERPIGNAN , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451365207</t>
+  </si>
+  <si>
+    <t>42601135</t>
+  </si>
+  <si>
+    <t>DIANA SAS , RENNES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451417375</t>
+  </si>
+  <si>
+    <t>42601129</t>
+  </si>
+  <si>
+    <t>1Z0574190451902251</t>
+  </si>
+  <si>
+    <t>42601142</t>
+  </si>
+  <si>
+    <t>SNCF , PARIS CEDEX 15 , FR</t>
+  </si>
+  <si>
+    <t>1Z057419D949181101</t>
+  </si>
+  <si>
+    <t>82600761</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>1Z057419D949250116</t>
+  </si>
+  <si>
+    <t>82600624</t>
+  </si>
+  <si>
+    <t>1Z057419D949257299</t>
+  </si>
+  <si>
+    <t>82600637</t>
+  </si>
+  <si>
+    <t>1Z0574190449200228</t>
+  </si>
+  <si>
+    <t>42601106</t>
+  </si>
+  <si>
+    <t>ORANGE LA LANDE , ST JACQUES DE LA LANDE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449214017</t>
+  </si>
+  <si>
+    <t>42601105</t>
+  </si>
+  <si>
+    <t>ORANGE UI LYON ST PRIEST 3 MIL , ST PRIEST , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449517002</t>
+  </si>
+  <si>
+    <t>42601104</t>
+  </si>
+  <si>
+    <t>1Z0574190450109272</t>
+  </si>
+  <si>
+    <t>42601111</t>
+  </si>
+  <si>
+    <t>FREE RESEAU - CYRILLE YANNICK , PARIS 8EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450117067</t>
+  </si>
+  <si>
+    <t>42601110</t>
+  </si>
+  <si>
+    <t>1Z0574190450339630</t>
+  </si>
+  <si>
+    <t>42601107</t>
+  </si>
+  <si>
+    <t>OPTICOM , AUBERGENVILLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450376242</t>
+  </si>
+  <si>
+    <t>42601108</t>
+  </si>
+  <si>
+    <t>CLR RUNGIS , RUNGIS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450534053</t>
+  </si>
+  <si>
+    <t>42601109</t>
+  </si>
+  <si>
+    <t>1Z0574190450774688</t>
+  </si>
+  <si>
+    <t>42601112</t>
+  </si>
+  <si>
+    <t>1Z0574190451525196</t>
+  </si>
+  <si>
+    <t>42601103</t>
+  </si>
+  <si>
+    <t>CNRS, MONARIS UMR 8233, SU 43-53 , PARIS CEDEX 5 , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450420998</t>
+  </si>
+  <si>
+    <t>42601072</t>
+  </si>
+  <si>
+    <t>SNCF RESEAU , REIMS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450759534</t>
+  </si>
+  <si>
+    <t>42601088</t>
+  </si>
+  <si>
+    <t>1Z0574190450881759</t>
+  </si>
+  <si>
+    <t>42601066</t>
+  </si>
+  <si>
+    <t>SNCF , BORDEAUX , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451097917</t>
+  </si>
+  <si>
+    <t>42600940</t>
+  </si>
+  <si>
+    <t>1Z0574190451148764</t>
+  </si>
+  <si>
+    <t>42601067</t>
+  </si>
+  <si>
+    <t>SNCF , NANCY , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451899435</t>
+  </si>
+  <si>
+    <t>42601082</t>
+  </si>
+  <si>
+    <t>MR. NIEL JEAN-FRANCOIS DE AZCOM , COURBEVOIE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449129959</t>
+  </si>
+  <si>
+    <t>42601091</t>
+  </si>
+  <si>
+    <t>SNCF - ESTI IDF UP SP. TELECOMS SIE , ERMONT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449152049</t>
+  </si>
+  <si>
+    <t>42601083</t>
+  </si>
+  <si>
+    <t>1Z0574190449334585</t>
+  </si>
+  <si>
+    <t>42601101</t>
+  </si>
+  <si>
+    <t>1Z0574190449540969</t>
+  </si>
+  <si>
+    <t>1Z0574190449704149</t>
+  </si>
+  <si>
+    <t>1Z0574190449872128</t>
+  </si>
+  <si>
+    <t>42601087</t>
+  </si>
+  <si>
+    <t>1Z0574190450121178</t>
+  </si>
+  <si>
+    <t>42601093</t>
+  </si>
+  <si>
+    <t>1Z0574190450245857</t>
+  </si>
+  <si>
+    <t>1Z0574190450884863</t>
+  </si>
+  <si>
+    <t>1Z0574190451104971</t>
+  </si>
+  <si>
+    <t>42601068</t>
   </si>
   <si>
     <t>SNCF , RENNES , FR</t>
   </si>
   <si>
-    <t>1Z0574190451143358</t>
-[...47 lines deleted...]
-    <t>42600677</t>
+    <t>1Z0574190451453077</t>
+  </si>
+  <si>
+    <t>1Z0574190451614385</t>
+  </si>
+  <si>
+    <t>42601070</t>
+  </si>
+  <si>
+    <t>1Z0574190451614483</t>
+  </si>
+  <si>
+    <t>42601085</t>
+  </si>
+  <si>
+    <t>IDEA OPTICAL - BAT W , LANNION , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451748802</t>
+  </si>
+  <si>
+    <t>42601076</t>
+  </si>
+  <si>
+    <t>1Z0574190451864025</t>
+  </si>
+  <si>
+    <t>42601081</t>
+  </si>
+  <si>
+    <t>SNCF UPSTI PSE MEL-VSG-VIGNEUX , VIGNEUX SUR SEINE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451901814</t>
+  </si>
+  <si>
+    <t>42601079</t>
+  </si>
+  <si>
+    <t>KONTRON TRANSPORTATION FRANCE SAS , SAINT-QUENTIN-EN-YVELINES CEDE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449813987</t>
+  </si>
+  <si>
+    <t>42601013</t>
+  </si>
+  <si>
+    <t>BTB GES , CHESSY , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450759338</t>
+  </si>
+  <si>
+    <t>42601051</t>
+  </si>
+  <si>
+    <t>1Z0574190451719941</t>
+  </si>
+  <si>
+    <t>1Z0574190449175926</t>
+  </si>
+  <si>
+    <t>42601050</t>
+  </si>
+  <si>
+    <t>SAS BENARD FRANCOIS , THYEZ , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449334281</t>
+  </si>
+  <si>
+    <t>42601044</t>
+  </si>
+  <si>
+    <t>SPIE CITYNETWORKS , SERRE-LES-SAPINS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449909455</t>
+  </si>
+  <si>
+    <t>42601021</t>
+  </si>
+  <si>
+    <t>SNCF , ST QUENTIN FALLAVIER , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449934089</t>
+  </si>
+  <si>
+    <t>42601024</t>
   </si>
   <si>
     <t>SNCF , STRASBOURG , FR</t>
   </si>
   <si>
-    <t>1Z0574190449374372</t>
-[...470 lines deleted...]
-    <t>42600612</t>
+    <t>1Z0574190450269617</t>
+  </si>
+  <si>
+    <t>42601037</t>
+  </si>
+  <si>
+    <t>1Z0574190450339238</t>
+  </si>
+  <si>
+    <t>42601038</t>
+  </si>
+  <si>
+    <t>1Z0574190450639137</t>
+  </si>
+  <si>
+    <t>42601028</t>
+  </si>
+  <si>
+    <t>PRIZZ TELECOM , MEYZIEU , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450644701</t>
+  </si>
+  <si>
+    <t>42601048</t>
+  </si>
+  <si>
+    <t>EES-INFRA NORD LA BASSEE , LA BASSEE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450759721</t>
+  </si>
+  <si>
+    <t>1Z0574190450774188</t>
+  </si>
+  <si>
+    <t>42601034</t>
+  </si>
+  <si>
+    <t>1Z0574190451215744</t>
+  </si>
+  <si>
+    <t>42601029</t>
+  </si>
+  <si>
+    <t>SNCF , ROUEN , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451407840</t>
+  </si>
+  <si>
+    <t>42601039</t>
+  </si>
+  <si>
+    <t>1Z0574190451460461</t>
+  </si>
+  <si>
+    <t>42601022</t>
+  </si>
+  <si>
+    <t>SNCF RESEAU , SAINT-PIERRE-DES-CORPS , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451625711</t>
+  </si>
+  <si>
+    <t>42601049</t>
+  </si>
+  <si>
+    <t>1Z0574190451980677</t>
+  </si>
+  <si>
+    <t>42601023</t>
+  </si>
+  <si>
+    <t>SNCF , MARSEILLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574196851436565</t>
+  </si>
+  <si>
+    <t>1Z057419D950807825</t>
+  </si>
+  <si>
+    <t>82600600/602495</t>
+  </si>
+  <si>
+    <t>1Z0574190449031625</t>
+  </si>
+  <si>
+    <t>42600953</t>
+  </si>
+  <si>
+    <t>ORANGE BUSINESS SERVICES SA , BLAGNAC , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449060602</t>
+  </si>
+  <si>
+    <t>42601036</t>
+  </si>
+  <si>
+    <t>1Z0574190449076873</t>
+  </si>
+  <si>
+    <t>42601043</t>
+  </si>
+  <si>
+    <t>LAB SERVICES , VALENCE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449652599</t>
+  </si>
+  <si>
+    <t>42601016</t>
   </si>
   <si>
     <t>BOUYGUES TELECOM , MERIGNAC CEDEX , FR</t>
   </si>
   <si>
-    <t>1Z0574190451731285</t>
-[...98 lines deleted...]
-    <t>2025-11-13T08:52:05.211Z</t>
+    <t>1Z0574190449796792</t>
+  </si>
+  <si>
+    <t>42601035</t>
+  </si>
+  <si>
+    <t>SNCF , CHAMBERY , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449996503</t>
+  </si>
+  <si>
+    <t>1Z0574190450048892</t>
+  </si>
+  <si>
+    <t>42601046</t>
+  </si>
+  <si>
+    <t>1Z0574190450317412</t>
+  </si>
+  <si>
+    <t>42601018</t>
+  </si>
+  <si>
+    <t>ID QUANTIQUE SA , CAROUGE (GE) , CH</t>
+  </si>
+  <si>
+    <t>1Z0574190450332664</t>
+  </si>
+  <si>
+    <t>42601041</t>
+  </si>
+  <si>
+    <t>1Z0574190450404363</t>
+  </si>
+  <si>
+    <t>42601011</t>
+  </si>
+  <si>
+    <t>HATOM TELECOM , MASSY , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450452409</t>
+  </si>
+  <si>
+    <t>42601017</t>
+  </si>
+  <si>
+    <t>BRETAGNE INP , PLOUZANE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190450713556</t>
+  </si>
+  <si>
+    <t>42601030</t>
+  </si>
+  <si>
+    <t>1Z0574190450833515</t>
+  </si>
+  <si>
+    <t>1Z0574190450912573</t>
+  </si>
+  <si>
+    <t>42601012</t>
+  </si>
+  <si>
+    <t>AXIONE VAUCLUSE NUMERIQUE , LE PONTET , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451037651</t>
+  </si>
+  <si>
+    <t>42601040</t>
+  </si>
+  <si>
+    <t>1Z0574190451143643</t>
+  </si>
+  <si>
+    <t>42601019</t>
+  </si>
+  <si>
+    <t>AIX MARSEILLE UNIVERSITE , MARSEILLE 9EME ARRONDISSE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451368777</t>
+  </si>
+  <si>
+    <t>42601032</t>
+  </si>
+  <si>
+    <t>SNCF GARES &amp; CONNEXIONS , PARIS 10EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451436569</t>
+  </si>
+  <si>
+    <t>SNCF , PARIS 12EME ARRONDISSEMENT , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451625355</t>
+  </si>
+  <si>
+    <t>42601009</t>
+  </si>
+  <si>
+    <t>CC THELLOISE , NEUILLY-EN-THELLE , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451659033</t>
+  </si>
+  <si>
+    <t>1Z057419D950428306</t>
+  </si>
+  <si>
+    <t>42600989</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>1Z057419D951623521</t>
+  </si>
+  <si>
+    <t>1Z0574190450398933</t>
+  </si>
+  <si>
+    <t>42601002</t>
+  </si>
+  <si>
+    <t>ES FRANCE , GARCHES , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190451721312</t>
+  </si>
+  <si>
+    <t>42600995</t>
+  </si>
+  <si>
+    <t>RR COM , BREST , FR</t>
+  </si>
+  <si>
+    <t>1Z0574190449760490</t>
+  </si>
+  <si>
+    <t>42600978</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>1Z0574190451191547</t>
+  </si>
+  <si>
+    <t>42601005</t>
+  </si>
+  <si>
+    <t>1Z0574190450413880</t>
+  </si>
+  <si>
+    <t>42600977</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>1Z057419D951164474</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>MILITZER ET MUNCH MM , COLLEGIEN , FR</t>
+  </si>
+  <si>
+    <t>000000000000000000,"","In Transit","02/01/2026","MILITZER ET MUNCH MM , COLLEGIEN , FR","UPS Worldwide Saver","05/01/2026","","2026-01-05T08:04:53.315Z"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <color rgb="FFFFFFFF"/>
     </font>
     <font>
       <color rgb="FF000000"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD12929"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FFA6E4DA"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FFFFB020"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFA6E4DA"/>
+        <fgColor rgb="FF00A1DF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1243,3423 +2719,11088 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K96"/>
+  <dimension ref="A1:K315"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
-    <col min="1" max="1" width="20" customWidth="1"/>
-    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="1" max="1" width="60" customWidth="1"/>
+    <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="18" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
-    <col min="6" max="6" width="23" customWidth="1"/>
+    <col min="6" max="6" width="25" customWidth="1"/>
     <col min="7" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="26" customWidth="1"/>
     <col min="10" max="11" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A2" s="1" t="s">
+      <c r="A2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="1" t="s">
+      <c r="B2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" t="s">
         <v>13</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" t="s">
         <v>14</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="E2" t="s">
         <v>15</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="F2" t="s">
         <v>16</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="G2" t="s">
         <v>17</v>
       </c>
-      <c r="H2" s="1" t="s">
-[...9 lines deleted...]
-        <v>18</v>
+      <c r="H2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K2" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="B5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="2" t="s">
+      <c r="E5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
         <v>28</v>
       </c>
-      <c r="F4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="2" t="s">
+      <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" t="s">
         <v>17</v>
       </c>
-      <c r="H4" s="2" t="s">
-[...25 lines deleted...]
-      <c r="E5" s="2" t="s">
+      <c r="H6" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" t="s">
+        <v>18</v>
+      </c>
+      <c r="J6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="2" t="s">
+      <c r="B7" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H5" s="2" t="s">
-[...19 lines deleted...]
-      <c r="C6" s="3" t="s">
+      <c r="H7" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J7" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K7" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="E8" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="3" t="s">
+      <c r="F8" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H6" s="3" t="s">
-[...78 lines deleted...]
-      <c r="K8" s="3" t="s">
+      <c r="H8" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K8" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...14 lines deleted...]
-      <c r="G10" s="3" t="s">
+      <c r="F10" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H10" s="3" t="s">
-[...8 lines deleted...]
-      <c r="K10" s="3" t="s">
+      <c r="H10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I10" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J10" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K10" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
+      <c r="A12" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I12" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J12" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K12" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I13" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J13" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K13" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="B14" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C12" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="3" t="s">
+      <c r="F14" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J14" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K14" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="3" t="s">
+      <c r="B15" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H12" s="3" t="s">
-[...13 lines deleted...]
-      <c r="A13" s="3" t="s">
+      <c r="H15" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I15" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J15" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K15" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="3" t="s">
+      <c r="E16" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K16" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E13" s="3" t="s">
+      <c r="B17" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J17" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K17" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G13" s="3" t="s">
+      <c r="B18" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H13" s="3" t="s">
-[...13 lines deleted...]
-      <c r="A14" s="3" t="s">
+      <c r="H18" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K18" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="B19" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I19" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J19" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="B20" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I20" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J20" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="3" t="s">
+      <c r="B21" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H14" s="3" t="s">
-[...253 lines deleted...]
-      <c r="K21" s="3" t="s">
+      <c r="H21" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J21" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K21" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
-[...17 lines deleted...]
-      <c r="G23" s="3" t="s">
+      <c r="A23" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="H23" s="3" t="s">
-[...8 lines deleted...]
-      <c r="K23" s="3" t="s">
+      <c r="H23" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I23" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J23" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K23" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
-[...17 lines deleted...]
-      <c r="G24" s="3" t="s">
+      <c r="A24" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="H24" s="3" t="s">
-[...8 lines deleted...]
-      <c r="K24" s="3" t="s">
+      <c r="H24" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I24" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J24" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K24" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
-[...17 lines deleted...]
-      <c r="G25" s="3" t="s">
+      <c r="A25" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="H25" s="3" t="s">
-[...8 lines deleted...]
-      <c r="K25" s="3" t="s">
+      <c r="H25" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I25" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J25" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K25" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J26" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K26" s="3" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
+      <c r="A27" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I27" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J27" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K27" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I28" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K28" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I29" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J29" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K29" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>83</v>
+      </c>
+      <c r="B30" t="s">
+        <v>84</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>24</v>
+      </c>
+      <c r="E30" t="s">
+        <v>85</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>12</v>
+      </c>
+      <c r="I30" t="s">
+        <v>18</v>
+      </c>
+      <c r="J30" t="s">
+        <v>19</v>
+      </c>
+      <c r="K30" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>86</v>
+      </c>
+      <c r="B31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>24</v>
+      </c>
+      <c r="E31" t="s">
+        <v>85</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
+        <v>12</v>
+      </c>
+      <c r="I31" t="s">
+        <v>18</v>
+      </c>
+      <c r="J31" t="s">
+        <v>19</v>
+      </c>
+      <c r="K31" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I32" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J32" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K32" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I33" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J33" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K33" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="B34" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G27" s="3" t="s">
+      <c r="C34" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="H27" s="3" t="s">
-[...253 lines deleted...]
-      <c r="K34" s="3" t="s">
+      <c r="H34" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J34" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K34" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>114</v>
+        <v>21</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
-[...29 lines deleted...]
-      <c r="K36" s="3" t="s">
+      <c r="A36" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K36" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A37" s="3" t="s">
-[...29 lines deleted...]
-      <c r="K37" s="3" t="s">
+      <c r="A37" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I37" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J37" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K37" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
-[...29 lines deleted...]
-      <c r="K38" s="3" t="s">
+      <c r="A38" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I38" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J38" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K38" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A39" s="3" t="s">
-[...29 lines deleted...]
-      <c r="K39" s="3" t="s">
+      <c r="A39" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J39" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K39" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J40" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K40" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="K41" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" t="s">
+        <v>118</v>
+      </c>
+      <c r="C42" t="s">
+        <v>119</v>
+      </c>
+      <c r="D42" t="s">
+        <v>27</v>
+      </c>
+      <c r="E42" t="s">
+        <v>120</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
+        <v>12</v>
+      </c>
+      <c r="I42" t="s">
+        <v>18</v>
+      </c>
+      <c r="J42" t="s">
+        <v>19</v>
+      </c>
+      <c r="K42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I43" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J43" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K43" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I44" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J44" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K44" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I45" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J45" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K45" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B46" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="B40" s="2" t="s">
+      <c r="C46" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E46" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="C40" s="2" t="s">
+      <c r="F46" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H46" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I46" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J46" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K46" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H47" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I47" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J47" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K47" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I48" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J48" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K48" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I49" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J49" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K49" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H50" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I50" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J50" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K50" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I51" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J51" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K51" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I52" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J52" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K52" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H53" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I53" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J53" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K53" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I54" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J54" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K54" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D55" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D40" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="2" t="s">
+      <c r="E55" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H55" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I55" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J55" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K55" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I56" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J56" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K56" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I57" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J57" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K57" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I58" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J58" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K58" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I59" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J59" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K59" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I60" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J60" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K60" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J61" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K61" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H62" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I62" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J62" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K62" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I63" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J63" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K63" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H64" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J64" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K64" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H65" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I65" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J65" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K65" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H66" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J66" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K66" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H67" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I67" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J67" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K67" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I68" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K68" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H69" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I69" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J69" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K69" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H70" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I70" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J70" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K70" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H71" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I71" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J71" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K71" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H72" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I72" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J72" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K72" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H73" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I73" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J73" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K73" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H74" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I74" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J74" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K74" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I75" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J75" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K75" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H76" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I76" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J76" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K76" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H77" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I77" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J77" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K77" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>207</v>
+      </c>
+      <c r="B78" t="s">
+        <v>208</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>27</v>
+      </c>
+      <c r="E78" t="s">
+        <v>209</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>115</v>
+      </c>
+      <c r="H78" t="s">
+        <v>12</v>
+      </c>
+      <c r="I78" t="s">
+        <v>18</v>
+      </c>
+      <c r="J78" t="s">
+        <v>19</v>
+      </c>
+      <c r="K78" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H79" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I79" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J79" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K79" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H80" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I80" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J80" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K80" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H81" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I81" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J81" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K81" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H82" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I82" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J82" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K82" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H83" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I83" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J83" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K83" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>224</v>
+      </c>
+      <c r="B84" t="s">
+        <v>211</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>27</v>
+      </c>
+      <c r="E84" t="s">
+        <v>212</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>115</v>
+      </c>
+      <c r="H84" t="s">
+        <v>12</v>
+      </c>
+      <c r="I84" t="s">
+        <v>18</v>
+      </c>
+      <c r="J84" t="s">
+        <v>19</v>
+      </c>
+      <c r="K84" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H85" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I85" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J85" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K85" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H86" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I86" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J86" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K86" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H87" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I87" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J87" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K87" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H88" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I88" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J88" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K88" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H89" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I89" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J89" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K89" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H90" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I90" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J90" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K90" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H91" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I91" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J91" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K91" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H92" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I92" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J92" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K92" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H93" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I93" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J93" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K93" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H94" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I94" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J94" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K94" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I95" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J95" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K95" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H96" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I96" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J96" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K96" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H97" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I97" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J97" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K97" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H98" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I98" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J98" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K98" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E99" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="H40" s="2" t="s">
-[...19 lines deleted...]
-      <c r="C41" s="3" t="s">
+      <c r="F99" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H99" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I99" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J99" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K99" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H100" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I100" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J100" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K100" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H101" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I101" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J101" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K101" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H102" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I102" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J102" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K102" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H103" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I103" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J103" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K103" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H104" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I104" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J104" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K104" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E105" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H105" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I105" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J105" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K105" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>274</v>
+      </c>
+      <c r="B106" t="s">
+        <v>275</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>29</v>
+      </c>
+      <c r="E106" t="s">
+        <v>209</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>27</v>
+      </c>
+      <c r="H106" t="s">
+        <v>12</v>
+      </c>
+      <c r="I106" t="s">
+        <v>18</v>
+      </c>
+      <c r="J106" t="s">
+        <v>19</v>
+      </c>
+      <c r="K106" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>276</v>
+      </c>
+      <c r="B107" t="s">
+        <v>277</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>29</v>
+      </c>
+      <c r="E107" t="s">
+        <v>217</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>27</v>
+      </c>
+      <c r="H107" t="s">
+        <v>12</v>
+      </c>
+      <c r="I107" t="s">
+        <v>18</v>
+      </c>
+      <c r="J107" t="s">
+        <v>19</v>
+      </c>
+      <c r="K107" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H108" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I108" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J108" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K108" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H109" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I109" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J109" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K109" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D110" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D41" s="3" t="s">
-[...31 lines deleted...]
-      <c r="C42" s="2" t="s">
+      <c r="E110" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D42" s="2" t="s">
-[...31 lines deleted...]
-      <c r="C43" s="3" t="s">
+      <c r="H110" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I110" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J110" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K110" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H111" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="I111" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="J111" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K111" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F112" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H112" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="I112" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="J112" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K112" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F113" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H113" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="I113" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="J113" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K113" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F114" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H114" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="I114" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="J114" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K114" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="J115" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K115" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F116" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H116" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="I116" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="J116" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K116" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B117" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C117" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="E117" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F117" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H117" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="I117" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="J117" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K117" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E118" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="H118" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I118" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J118" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K118" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E119" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="H119" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I119" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J119" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K119" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="H120" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I120" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J120" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K120" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="H121" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I121" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J121" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K121" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="H122" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I122" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J122" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K122" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="H123" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I123" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J123" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K123" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D124" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D43" s="3" t="s">
-[...31 lines deleted...]
-      <c r="C44" s="3" t="s">
+      <c r="E124" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="H124" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I124" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J124" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K124" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="H125" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I125" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J125" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K125" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D126" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D44" s="3" t="s">
-[...31 lines deleted...]
-      <c r="C45" s="3" t="s">
+      <c r="E126" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H126" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I126" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J126" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K126" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C127" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D127" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D45" s="3" t="s">
-[...31 lines deleted...]
-      <c r="C46" s="3" t="s">
+      <c r="E127" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H127" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I127" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J127" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K127" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D128" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D46" s="3" t="s">
-[...28 lines deleted...]
-      <c r="B47" s="3" t="s">
+      <c r="E128" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H128" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I128" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J128" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K128" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="B129" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H129" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I129" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J129" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K129" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A130" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B130" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H130" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I130" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J130" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K130" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="B131" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H131" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I131" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J131" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K131" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A132" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="B132" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E132" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H132" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I132" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J132" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K132" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A133" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H133" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I133" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J133" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K133" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A134" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E134" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H134" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I134" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J134" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K134" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A135" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H135" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I135" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J135" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K135" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A136" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H136" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I136" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J136" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K136" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A137" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="B137" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I137" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J137" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K137" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A138" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H138" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I138" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J138" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K138" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A139" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="B139" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D139" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H139" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I139" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J139" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K139" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A140" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I140" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J140" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K140" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A141" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I141" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J141" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K141" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A142" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D142" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E142" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="C47" s="3" t="s">
+      <c r="F142" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H142" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I142" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J142" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K142" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A143" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H143" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I143" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J143" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K143" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A144" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D144" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D47" s="3" t="s">
-[...31 lines deleted...]
-      <c r="C48" s="3" t="s">
+      <c r="E144" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D48" s="3" t="s">
-[...31 lines deleted...]
-      <c r="C49" s="3" t="s">
+      <c r="H144" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I144" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J144" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K144" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A145" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D145" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D49" s="3" t="s">
-[...31 lines deleted...]
-      <c r="C50" s="3" t="s">
+      <c r="E145" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D50" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="H145" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I145" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J145" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K145" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A146" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="B146" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H146" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I146" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J146" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K146" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A147" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="B147" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H147" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I147" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J147" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K147" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A148" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H148" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I148" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J148" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K148" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E149" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H149" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I149" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J149" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K149" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A150" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B150" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E150" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H150" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I150" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J150" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K150" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A151" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H151" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I151" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J151" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K151" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A152" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H152" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I152" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J152" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K152" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A153" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H153" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I153" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J153" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K153" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A154" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H154" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I154" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J154" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K154" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A155" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E155" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H155" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I155" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J155" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K155" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A156" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H156" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I156" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J156" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K156" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A157" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="B157" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E157" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H157" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I157" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J157" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K157" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A158" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H158" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I158" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J158" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K158" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A159" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E159" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H159" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I159" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J159" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K159" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A160" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E160" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H160" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I160" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J160" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K160" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A161" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="B161" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H161" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I161" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J161" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K161" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A162" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="B162" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E162" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H162" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I162" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J162" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K162" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A163" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="B163" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E163" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H163" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I163" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J163" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K163" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A164" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="B164" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E164" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H164" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I164" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J164" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K164" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A165" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="B165" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H165" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I165" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J165" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K165" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="B166" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H166" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I166" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J166" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K166" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A167" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="B167" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H167" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I167" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J167" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K167" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A168" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="B168" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E168" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H168" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I168" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J168" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K168" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A169" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="B169" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H169" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I169" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J169" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K169" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A170" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="B170" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E170" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H170" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I170" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J170" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K170" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A171" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E171" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H171" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I171" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J171" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K171" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A172" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="B172" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H172" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I172" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J172" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K172" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A173" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="B173" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E173" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H173" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I173" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J173" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K173" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A174" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="B174" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H174" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I174" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J174" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K174" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A175" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="B175" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H175" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I175" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J175" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K175" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A176" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="B176" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E176" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H176" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I176" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J176" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K176" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A177" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="B177" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D177" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E177" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H177" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I177" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J177" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K177" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A178" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="B178" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H178" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I178" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J178" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K178" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A179" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="B179" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H179" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I179" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J179" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K179" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A180" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="B180" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E180" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H180" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I180" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J180" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K180" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A181" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="B181" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H181" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I181" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J181" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K181" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A182" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="B182" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H182" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I182" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J182" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K182" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A183" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H183" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I183" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J183" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K183" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A184" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H184" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I184" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J184" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K184" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A185" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="B185" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H185" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I185" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J185" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K185" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H186" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I186" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J186" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K186" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A187" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H187" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I187" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J187" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K187" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A188" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H188" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I188" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J188" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K188" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A189" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H189" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I189" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J189" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K189" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A190" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H190" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I190" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J190" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K190" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A191" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H191" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I191" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J191" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K191" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A192" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H192" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I192" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J192" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K192" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A193" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H193" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I193" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J193" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K193" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A194" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="B194" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E194" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H194" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I194" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J194" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K194" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A195" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H195" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I195" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J195" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K195" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A196" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B196" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C196" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H196" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I196" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J196" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K196" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A197" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B197" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C197" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H197" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I197" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J197" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K197" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="198" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A198" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B198" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E198" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H198" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I198" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J198" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K198" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A199" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B199" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H199" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I199" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J199" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K199" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A200" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B200" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="C200" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E200" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H200" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I200" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J200" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K200" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A201" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B201" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H201" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I201" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J201" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K201" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A202" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B202" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H202" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I202" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J202" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K202" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A203" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="B203" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H203" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I203" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J203" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K203" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A204" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="B204" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H204" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I204" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J204" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K204" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A205" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="B205" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H205" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I205" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J205" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K205" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="B206" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E206" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H206" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I206" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J206" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K206" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A207" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="B207" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E207" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H207" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I207" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J207" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K207" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A208" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="B208" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E208" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H208" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I208" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J208" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K208" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A209" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="B209" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="C209" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E209" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="F209" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H209" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I209" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J209" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K209" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A210" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="B210" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="C210" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E210" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...206 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="F210" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H210" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I210" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J210" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K210" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A211" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="B211" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="C211" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E211" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H211" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I211" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J211" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K211" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A212" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="B212" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="C212" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E212" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="F212" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H212" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I212" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J212" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K212" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A213" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="B213" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="C213" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E213" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="F213" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H213" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I213" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J213" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K213" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A214" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="B214" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="C214" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E214" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H214" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I214" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J214" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K214" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A215" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="B215" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="C215" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E215" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F215" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H215" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I215" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J215" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K215" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A216" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="B216" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="C216" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E216" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H216" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I216" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J216" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K216" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A217" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="B217" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E217" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="F217" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H217" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I217" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J217" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K217" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A218" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="B218" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="C218" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D218" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E218" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="F218" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H218" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I218" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J218" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K218" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A219" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="B219" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="C219" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E219" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F219" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H219" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I219" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J219" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K219" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A220" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="B220" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E220" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="F220" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H220" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I220" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J220" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K220" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="B221" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H221" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I221" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J221" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K221" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A222" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="B222" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="C222" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E222" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H222" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I222" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J222" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K222" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A223" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="B223" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="C223" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E223" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...31 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="F223" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H223" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I223" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J223" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K223" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A224" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="B224" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="C224" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E224" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F224" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H224" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I224" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J224" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K224" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A225" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="B225" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E225" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="F225" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H225" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I225" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J225" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K225" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A226" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="B226" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="C226" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E226" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H226" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I226" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J226" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K226" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A227" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="B227" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="C227" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D227" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E227" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F227" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H227" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I227" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J227" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K227" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A228" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="B228" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E228" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="F228" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H228" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I228" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J228" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K228" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A229" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="B229" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="F229" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H229" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I229" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J229" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K229" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A230" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="B230" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="C230" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D230" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E230" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F230" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H230" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I230" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J230" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K230" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A231" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="B231" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="C231" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E231" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F231" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H231" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I231" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J231" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K231" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A232" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="B232" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="C232" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H232" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I232" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J232" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K232" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A233" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="B233" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E233" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F233" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H233" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I233" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J233" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K233" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A234" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="B234" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E234" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H234" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I234" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J234" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K234" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A235" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="B235" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E235" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="F235" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H235" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I235" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J235" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K235" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A236" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="B236" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="C236" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H236" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I236" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J236" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K236" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A237" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="B237" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E237" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G237" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H237" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I237" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J237" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K237" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A238" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="B238" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="C238" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E238" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H238" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I238" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J238" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K238" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A239" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="B239" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="C239" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E239" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="F239" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H239" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I239" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J239" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K239" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A240" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="B240" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E240" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H240" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I240" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J240" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K240" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A241" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="B241" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E241" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="F241" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H241" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I241" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J241" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K241" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A242" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="B242" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H242" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I242" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J242" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K242" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A243" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="B243" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H243" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I243" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J243" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K243" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A244" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="B244" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E244" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H244" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I244" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J244" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K244" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A245" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="B245" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E245" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G245" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H245" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I245" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J245" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K245" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A246" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="B246" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E246" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H246" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I246" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J246" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K246" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A247" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="B247" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E247" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H247" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I247" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J247" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K247" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A248" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="B248" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E248" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H248" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I248" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J248" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K248" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A249" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="B249" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="C249" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E249" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="F249" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H249" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I249" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J249" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K249" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A250" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="B250" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E250" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H250" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I250" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J250" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K250" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A251" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E251" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H251" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I251" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J251" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K251" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A252" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H252" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I252" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J252" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K252" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A253" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="B253" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H253" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I253" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J253" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K253" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A254" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="B254" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E254" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H254" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I254" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J254" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K254" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A255" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="B255" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H255" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I255" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J255" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K255" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A256" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="B256" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E256" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...31 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="F256" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H256" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I256" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J256" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K256" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A257" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="B257" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H257" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I257" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J257" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K257" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A258" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="B258" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E258" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F258" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H258" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I258" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J258" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K258" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A259" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="B259" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C259" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D259" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E259" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H259" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I259" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J259" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K259" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A260" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="B260" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="C260" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D260" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E260" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H260" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I260" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J260" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K260" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A261" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="B261" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F261" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H261" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I261" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J261" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K261" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A262" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="B262" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="C262" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D262" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H262" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I262" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J262" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K262" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A263" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="B263" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E263" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H263" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I263" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J263" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K263" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A264" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="B264" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="C264" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D264" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E264" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H264" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I264" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J264" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K264" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A265" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="B265" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H265" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I265" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J265" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K265" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A266" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="B266" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="E266" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H266" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I266" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J266" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K266" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A267" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="B267" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H267" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I267" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J267" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K267" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A268" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E268" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H268" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I268" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J268" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K268" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A269" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="B269" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="C269" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E269" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H269" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I269" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J269" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K269" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A270" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="B270" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="C270" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E270" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="F270" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H270" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I270" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J270" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K270" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A271" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="B271" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="C271" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E271" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H271" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I271" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J271" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K271" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A272" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="B272" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="C272" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H272" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I272" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J272" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K272" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A273" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="B273" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="C273" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D273" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E273" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G273" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H273" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I273" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J273" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K273" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A274" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="B274" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="C274" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E274" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="F274" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G274" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H274" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I274" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J274" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K274" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A275" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="B275" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="C275" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E275" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="F275" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H275" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I275" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J275" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K275" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A276" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="B276" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C276" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E276" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="F276" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G276" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H276" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I276" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J276" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K276" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A277" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="B277" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="C277" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E277" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="F277" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G277" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H277" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I277" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J277" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K277" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A278" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="B278" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C278" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E278" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="F278" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H278" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I278" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J278" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K278" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A279" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="B279" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="C279" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E279" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="F279" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H279" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I279" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J279" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K279" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A280" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="B280" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="C280" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D280" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E280" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G280" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H280" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I280" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J280" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K280" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A281" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="B281" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="C281" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E281" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F281" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H281" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I281" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J281" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K281" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A282" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="B282" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="C282" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D282" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E282" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="F282" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H282" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I282" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J282" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K282" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A283" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="B283" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="C283" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D283" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E283" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="F283" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G283" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H283" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I283" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J283" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K283" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A284" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="B284" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="C284" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D284" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E284" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="F284" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G284" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H284" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I284" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J284" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K284" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A285" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="B285" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D285" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E285" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="F285" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G285" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H285" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I285" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J285" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K285" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A286" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="B286" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="C286" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D286" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E286" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F286" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H286" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I286" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J286" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K286" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A287" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="B287" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="C287" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D287" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E287" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="F287" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G287" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H287" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I287" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J287" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K287" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A288" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="B288" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="C288" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D288" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E288" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="F288" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G288" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H288" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I288" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J288" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K288" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A289" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="B289" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="C289" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D289" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E289" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="F289" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G289" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H289" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I289" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J289" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K289" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A290" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="B290" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="C290" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E290" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="F290" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H290" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I290" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J290" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K290" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A291" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="B291" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="C291" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E291" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="F291" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G291" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H291" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I291" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J291" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K291" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A292" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="B292" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="F292" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G292" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H292" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I292" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J292" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K292" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A293" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="B293" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="C293" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E293" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F293" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G293" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H293" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I293" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J293" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K293" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A294" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="B294" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="C294" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E294" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="F294" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G294" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H294" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I294" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J294" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K294" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A295" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="B295" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="C295" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D295" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E295" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...66 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="F295" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G295" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H295" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I295" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J295" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K295" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A296" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="B296" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="C296" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D296" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E296" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G296" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H296" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I296" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J296" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K296" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A297" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="B297" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="C297" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E297" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="F297" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G297" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H297" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I297" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J297" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K297" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A298" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="B298" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D298" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E298" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G298" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H298" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I298" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J298" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K298" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A299" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="B299" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C299" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E299" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="F299" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G299" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H299" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I299" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J299" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K299" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A300" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="B300" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E300" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G300" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H300" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I300" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J300" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K300" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A301" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="B301" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D301" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E301" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H301" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I301" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J301" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K301" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A302" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="B302" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="C302" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D302" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E302" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="F302" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H302" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I302" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J302" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K302" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A303" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="B303" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="C303" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D303" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E303" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="F303" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G303" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H303" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I303" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J303" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K303" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A304" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="B304" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D304" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E304" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="F304" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G304" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H304" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I304" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J304" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K304" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A305" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="B305" s="2" t="s">
+        <v>742</v>
+      </c>
+      <c r="C305" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D305" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E305" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="F305" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G305" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H305" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I305" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J305" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K305" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A306" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="B306" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="C306" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D306" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="E306" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G306" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H306" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I306" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J306" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K306" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A307" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="B307" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="E307" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G307" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H307" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I307" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J307" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K307" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A308" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="B308" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C308" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="E308" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...31 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F308" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G308" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="H308" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I308" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J308" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K308" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A309" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="B309" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="C309" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="E309" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="F309" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G309" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="H309" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I309" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J309" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K309" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A310" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="B310" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="E310" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="H310" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I310" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J310" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K310" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A311" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="B311" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="C311" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="E311" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F311" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="H311" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I311" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J311" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K311" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A312" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="B312" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="E312" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="H312" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I312" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J312" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K312" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>760</v>
+      </c>
+      <c r="B313" t="s">
+        <v>761</v>
+      </c>
+      <c r="C313" t="s">
+        <v>13</v>
+      </c>
+      <c r="D313" t="s">
+        <v>747</v>
+      </c>
+      <c r="E313" t="s">
         <v>35</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...1240 lines deleted...]
-        <v>36</v>
+      <c r="F313" t="s">
+        <v>21</v>
+      </c>
+      <c r="G313" t="s">
+        <v>762</v>
+      </c>
+      <c r="H313" t="s">
+        <v>12</v>
+      </c>
+      <c r="I313" t="s">
+        <v>18</v>
+      </c>
+      <c r="J313" t="s">
+        <v>19</v>
+      </c>
+      <c r="K313" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A314" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="B314" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="E314" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G314" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="H314" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I314" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J314" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K314" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>766</v>
+      </c>
+      <c r="B315" t="s">
+        <v>12</v>
+      </c>
+      <c r="C315" t="s">
+        <v>12</v>
+      </c>
+      <c r="D315" t="s">
+        <v>12</v>
+      </c>
+      <c r="E315" t="s">
+        <v>12</v>
+      </c>
+      <c r="F315" t="s">
+        <v>12</v>
+      </c>
+      <c r="G315" t="s">
+        <v>12</v>
+      </c>
+      <c r="H315" t="s">
+        <v>12</v>
+      </c>
+      <c r="I315" t="s">
+        <v>12</v>
+      </c>
+      <c r="J315" t="s">
+        <v>19</v>
+      </c>
+      <c r="K315" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">